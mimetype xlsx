--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="96">
   <si>
     <t>id</t>
   </si>
   <si>
     <t>legislatura</t>
   </si>
   <si>
     <t>nombre_completo</t>
   </si>
   <si>
     <t>cargo</t>
   </si>
   <si>
     <t>grupo_politico_id</t>
   </si>
   <si>
     <t>telefono</t>
   </si>
   <si>
     <t>email</t>
   </si>
   <si>
     <t>facebook</t>
   </si>
   <si>
@@ -191,61 +191,70 @@
   <si>
     <t>https://transparencia.villademoya.es/storage/uploads/1728372901Concepción-hernández-díaz.odt</t>
   </si>
   <si>
     <t>Sin delegaciones</t>
   </si>
   <si>
     <t>Gilberto Sosa Betancor</t>
   </si>
   <si>
     <t>Concejal</t>
   </si>
   <si>
     <t xml:space="preserve">Parques y Jardines
  Deportes
  Alumbrado
  Transporte
  Tráfico
  Protección Civil
  </t>
   </si>
   <si>
     <t>Parcial (63,25 %)</t>
   </si>
   <si>
+    <t>https://transparencia.villademoya.es/storage/uploads/1772022261CV GILBERTO ANTONIO SOSA BETANCOR.pdf</t>
+  </si>
+  <si>
     <t>Santiago Santana de la Fe</t>
   </si>
   <si>
     <t xml:space="preserve">Servicios
  Aguas
  Saneamiento
  Vías y Obras
  </t>
   </si>
   <si>
     <t>Parcial (76,16%)</t>
+  </si>
+  <si>
+    <t>34119,68</t>
+  </si>
+  <si>
+    <t>https://transparencia.villademoya.es/storage/uploads/1772022261CV Santiago Santana - Ayuntamiento.pdf</t>
   </si>
   <si>
     <t>Portavoz del Grupo Político Partido Popular Villa de Moya.</t>
   </si>
   <si>
     <t>Lidia Esther Rodríguez Díaz</t>
   </si>
   <si>
     <t>Costas y Playas
  Residuos
  Limpieza Viaria
  Medio Ambiente
  Vivienda
  Patrimonio Municipal
  Turismo</t>
   </si>
   <si>
     <t>&lt;div&gt;&lt;strong&gt;Formación académica&lt;br&gt;&lt;/strong&gt;Educación General Básica&lt;br&gt;Contabilidad&lt;br&gt;Informática básica.&lt;br&gt;Formación en Gestión y tratamiento de Residuos&lt;br&gt;Formación&amp;nbsp; en protección medioambiental y economía circular&amp;nbsp; sostenible&lt;br&gt;&lt;br&gt;&lt;strong&gt;Trayectoria política&lt;/strong&gt;&lt;br&gt;Concejala&amp;nbsp; de Festejos , Deportes y Residuos y playas y costas . Legislaturas 2011/2015; 2015/2019&lt;br&gt;Concejala de Residuos, Playas y costas, Medio ambiente, Archivos, Presidencia. Legislaturas 2019/2023&lt;br&gt;Concejala de Residuos, Playas y costas, Medio ambiente, Turismo y Vivienda. Legislaturas 2023/2027&lt;br&gt;&lt;br&gt;Vicepresidenta de la sociedad mercantil Escuelas Artísticas Municipales Villa de Moya. Legislaturas&amp;nbsp; 2024/2027&lt;br&gt;&lt;br&gt; &lt;br&gt;&lt;strong&gt;Trayectoria profesional&lt;br&gt;&lt;/strong&gt;Agente Comercial&amp;nbsp; &lt;br&gt;Técnica&amp;nbsp; en Administración general.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Trayectoria en Colectivos &lt;br&gt;&lt;/strong&gt;Colaborador en colectivos vecinales. Banco alimentos y Cáritas .&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.villademoya.es/storage/uploads/1728373008LIDIA-ESTHER-RODRÍGUEZ-DÍAZ.odt</t>
   </si>
   <si>
     <t>Bernabé Martín Guerra Ojeda</t>
   </si>
@@ -336,50 +345,53 @@
     <t>&lt;div&gt;&lt;strong&gt;Formación académica&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;Bachillerato&lt;/div&gt;&lt;div&gt;Estudios de Trompeta en&amp;nbsp; Conservatorio profesional de Música de Canarias&amp;nbsp;&lt;/div&gt;&lt;div&gt;Grado en Composición por el&amp;nbsp; Conservatorio Superior de Música de Canarias.&lt;/div&gt;&lt;div&gt;Diversos cursos de Dirección musical&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;Trayectoria política&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;Primer Teniente de Alcalde y concejal de Cultura, Festejos, Biblioteca, Universidad Popular, Política social etc.&amp;nbsp; Legislaturas 2019/2023;&amp;nbsp;&lt;/div&gt;&lt;div&gt;Primer Teniente de Alcalde y concejal de Cultura, Festejos, Biblioteca, Universidad Popular, Juventud, Archivos y participación ciudadana, etc Legislaturas 2023/2027&lt;/div&gt;&lt;div&gt;Presidente de la sociedad mercantil Escuelas Artísticas Municipales Villa de Moya. Legislaturas 2019/2023; 2023/2027.&lt;/div&gt;&lt;div&gt;Presidente de la sociedad mercantil Gestión de Recursos Municipales Villa de Moya. Legislaturas 2019/2023;&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;Trayectoria profesional&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;Militar desde el año 1991 hasta 1999.&lt;/div&gt;&lt;div&gt;Gestor de Restauración desde 1999 hasta 2007.&lt;/div&gt;&lt;div&gt;Coordinador del Escuelas Artísticas Municipales Villa de Moya, desde 2008 hasta 2019.&lt;/div&gt;&lt;div&gt;Profesor de Trompeta. 2008/2019&lt;/div&gt;&lt;div&gt;&lt;br&gt;&lt;strong&gt;Trayectoria en Colectivos&amp;nbsp;&lt;/strong&gt;&lt;/div&gt;&lt;div&gt;Socio de la Banda de música “Cumbres y costas” de la Villa de Moya.&lt;/div&gt;&lt;div&gt;Director&amp;nbsp; de Banda de música “Cumbres y costas” desde 2007/2019.&lt;/div&gt;&lt;div&gt;Socio de PROMUSCAN&lt;/div&gt;&lt;div&gt;&amp;nbsp;&lt;br&gt;&lt;br&gt;&lt;/div&gt;</t>
   </si>
   <si>
     <t>https://transparencia.villademoya.es/storage/uploads/1728372924INFORMACIÓN-Octavio-Suárez.odt</t>
   </si>
   <si>
     <t>Raúl Afonso Suárez</t>
   </si>
   <si>
     <t>Alcalde</t>
   </si>
   <si>
     <t>alcaldia@villademoya.es</t>
   </si>
   <si>
     <t xml:space="preserve">Régimen Interno y Personal
  Relaciones Institucionales
  Estadística
  Seguridad Ciudadana y Emergencias
  Urbanismo
  Cementerios
  </t>
   </si>
   <si>
     <t>Exclusiva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">44800 </t>
   </si>
   <si>
     <t>&lt;div&gt;&lt;strong&gt;Formación académica&lt;br&gt;&lt;/strong&gt;Bachillerato&lt;br&gt;Formación en Arquitectura&lt;br&gt;Formación en Obras Públicas&lt;br&gt;&lt;br&gt;&lt;strong&gt;Trayectoria política&lt;/strong&gt;&lt;br&gt;Primer Teniente de Alcalde y concejal de Oficina Técnica, Protección Civil, cementerios. Legislaturas 2011/2015; 2015/2019&lt;br&gt;Vicepresidente de la sociedad mercantil Escuelas Artísticas Municipales Villa de Moya. Legislaturas 2011/2015; 2015/2019&lt;br&gt;Alcalde del municipio de la Villa de Moya.&amp;nbsp; Con Competencias&amp;nbsp; en Oficina Técnica y Urbanismo, Régimen Interno y Personal, Estadísticas, Seguridad Ciudadana y Emergencias, Relaciones Institucionales Cementerios Legislatura 2019/2023; 2023/2027&lt;br&gt;&lt;br&gt;&lt;strong&gt;Trayectoria profesional&lt;br&gt;&lt;/strong&gt;&amp;nbsp;Agente Comercial&amp;nbsp; Imprenta&amp;nbsp; Etiquetas Méndez, S.A&lt;br&gt;Arbitro de Futbol, hasta llegar a categoría 2ª División. Desde 1998 hasta 2007.&lt;br&gt;Delegado informador de Arbitraje. Hasta 2020.&lt;br&gt;&lt;br&gt;&lt;strong&gt;Trayectoria en Colectivos &lt;br&gt;&lt;/strong&gt;Colaborador en eventos deportivos relacionados con el Futbol y el Arbitraje.&lt;/div&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -744,51 +756,51 @@
     <sheetView tabSelected="1" workbookViewId="0" zoomScale="75" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:Z1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="9" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="41" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="39" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="1777" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="113" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="120" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="69" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="18" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="36" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
@@ -1095,428 +1107,434 @@
       </c>
     </row>
     <row r="7" spans="1:30">
       <c r="A7" s="1">
         <v>884</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>53</v>
       </c>
       <c r="D7" t="s">
         <v>54</v>
       </c>
       <c r="E7">
         <v>182</v>
       </c>
       <c r="M7" t="s">
         <v>55</v>
       </c>
       <c r="N7" t="s">
         <v>56</v>
       </c>
       <c r="O7">
-        <v>28337.56</v>
+        <v>28336</v>
       </c>
       <c r="P7">
         <v>119.53</v>
       </c>
       <c r="Q7" t="s">
         <v>35</v>
       </c>
       <c r="R7">
         <v>35.86</v>
+      </c>
+      <c r="T7" t="s">
+        <v>57</v>
       </c>
       <c r="V7" t="s">
         <v>55</v>
       </c>
       <c r="W7">
         <v>8</v>
       </c>
       <c r="Z7">
         <v>1</v>
       </c>
       <c r="AD7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:30">
       <c r="A8" s="1">
         <v>883</v>
       </c>
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D8" t="s">
         <v>38</v>
       </c>
       <c r="E8">
         <v>182</v>
       </c>
       <c r="M8" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="N8" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>34122.48</v>
+        <v>60</v>
+      </c>
+      <c r="O8" t="s">
+        <v>61</v>
       </c>
       <c r="P8" t="s">
         <v>35</v>
       </c>
       <c r="Q8" t="s">
         <v>35</v>
       </c>
       <c r="R8" t="s">
         <v>35</v>
       </c>
+      <c r="T8" t="s">
+        <v>62</v>
+      </c>
       <c r="V8" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="W8">
         <v>7</v>
       </c>
       <c r="Z8">
         <v>1</v>
       </c>
       <c r="AD8" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="9" spans="1:30">
       <c r="A9" s="1">
         <v>882</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9">
         <v>182</v>
       </c>
       <c r="M9" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="N9" t="s">
         <v>56</v>
       </c>
       <c r="O9">
-        <v>28337.56</v>
+        <v>28336</v>
       </c>
       <c r="P9" t="s">
         <v>35</v>
       </c>
       <c r="Q9" t="s">
         <v>35</v>
       </c>
       <c r="R9" t="s">
         <v>35</v>
       </c>
       <c r="S9" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="T9" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="V9" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="W9">
         <v>6</v>
       </c>
       <c r="Z9">
         <v>1</v>
       </c>
       <c r="AD9" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="10" spans="1:30">
       <c r="A10" s="1">
         <v>881</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="E10">
         <v>182</v>
       </c>
       <c r="M10" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="N10" t="s">
         <v>34</v>
       </c>
       <c r="P10">
         <v>119.53</v>
       </c>
       <c r="Q10">
         <v>119.53</v>
       </c>
       <c r="R10">
         <v>35.86</v>
       </c>
       <c r="S10" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="T10" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="V10" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="W10">
         <v>5</v>
       </c>
       <c r="Z10">
         <v>1</v>
       </c>
       <c r="AD10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:30">
       <c r="A11" s="1">
         <v>880</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D11" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="E11">
         <v>182</v>
       </c>
       <c r="M11" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="N11" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>34122.48</v>
+        <v>60</v>
+      </c>
+      <c r="O11" t="s">
+        <v>61</v>
       </c>
       <c r="P11" t="s">
         <v>35</v>
       </c>
       <c r="Q11" t="s">
         <v>35</v>
       </c>
       <c r="R11" t="s">
         <v>35</v>
       </c>
       <c r="S11" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="T11" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="V11" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="W11">
         <v>4</v>
       </c>
       <c r="Z11">
         <v>1</v>
       </c>
       <c r="AD11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:30">
       <c r="A12" s="1">
         <v>879</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="E12">
         <v>182</v>
       </c>
       <c r="M12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="N12" t="s">
         <v>56</v>
       </c>
       <c r="O12">
-        <v>28337.56</v>
+        <v>28336</v>
       </c>
       <c r="P12" t="s">
         <v>35</v>
       </c>
       <c r="Q12" t="s">
         <v>35</v>
       </c>
       <c r="R12" t="s">
         <v>35</v>
       </c>
       <c r="S12" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="T12" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="V12" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>1</v>
       </c>
       <c r="AD12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:30">
       <c r="A13" s="1">
         <v>878</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="D13" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="E13">
         <v>182</v>
       </c>
       <c r="G13" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="M13" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="N13" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>34122.48</v>
+        <v>60</v>
+      </c>
+      <c r="O13" t="s">
+        <v>61</v>
       </c>
       <c r="P13" t="s">
         <v>35</v>
       </c>
       <c r="Q13" t="s">
         <v>35</v>
       </c>
       <c r="R13" t="s">
         <v>35</v>
       </c>
       <c r="S13" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="T13" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="V13" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="W13">
         <v>2</v>
       </c>
       <c r="Z13">
         <v>1</v>
       </c>
       <c r="AD13" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="14" spans="1:30">
       <c r="A14" s="1">
         <v>877</v>
       </c>
       <c r="B14" t="s">
         <v>30</v>
       </c>
       <c r="C14" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="E14">
         <v>182</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M14" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="N14" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>44800</v>
+        <v>93</v>
+      </c>
+      <c r="O14" t="s">
+        <v>94</v>
       </c>
       <c r="P14" t="s">
         <v>35</v>
       </c>
       <c r="Q14" t="s">
         <v>35</v>
       </c>
       <c r="R14" t="s">
         <v>35</v>
       </c>
       <c r="S14" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="V14" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="W14">
         <v>1</v>
       </c>
       <c r="Z14">
         <v>1</v>
       </c>
       <c r="AD14" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>